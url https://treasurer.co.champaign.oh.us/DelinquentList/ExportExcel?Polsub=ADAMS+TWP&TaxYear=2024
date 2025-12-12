--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -416,831 +416,831 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>20.14</v>
+        <v>20.68</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>1204.89</v>
+        <v>517.69</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>55.25</v>
+        <v>56.73</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>2844.64</v>
+        <v>2920.5</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="2">
-        <v>6455.15</v>
+        <v>6627.27</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E7" s="2">
-        <v>1204.52</v>
+        <v>1236.64</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="2">
-        <v>3724.94</v>
+        <v>3824.28</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="2">
-        <v>1764.1</v>
+        <v>1811.14</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="2">
-        <v>42.81</v>
+        <v>43.95</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="2">
-        <v>248.68</v>
+        <v>255.31</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>37</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="2">
-        <v>81.27</v>
+        <v>83.44</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>39</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="2">
-        <v>3248.92</v>
+        <v>3335.56</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="2">
-        <v>508.79</v>
+        <v>522.36</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="2">
-        <v>490.31</v>
+        <v>503.38</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="2">
-        <v>273.14</v>
+        <v>280.43</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="2">
-        <v>339.91</v>
+        <v>348.98</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2">
-        <v>116.4</v>
+        <v>119.51</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="2">
-        <v>646.16</v>
+        <v>663.38</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E20" s="2">
-        <v>564.7</v>
+        <v>579.75</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="2">
-        <v>564.7</v>
+        <v>579.75</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>59</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="2">
-        <v>398.95</v>
+        <v>409.59</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="2">
-        <v>263.89</v>
+        <v>270.93</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="2">
-        <v>815.6</v>
+        <v>837.35</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="2">
-        <v>485.86</v>
+        <v>498.82</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="2">
-        <v>454.24</v>
+        <v>466.35</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E27" s="2">
-        <v>2431.32</v>
+        <v>2496.15</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E28" s="2">
-        <v>721.8</v>
+        <v>741.04</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E29" s="2">
-        <v>454.24</v>
+        <v>466.35</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="2">
-        <v>13.48</v>
+        <v>13.84</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="2">
-        <v>1559.51</v>
+        <v>1601.09</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>75</v>
       </c>
       <c r="E32" s="2">
-        <v>13.48</v>
+        <v>13.84</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E33" s="2">
-        <v>454.24</v>
+        <v>466.35</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E34" s="2">
-        <v>4201.54</v>
+        <v>4313.58</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E35" s="2">
-        <v>7604.59</v>
+        <v>7807.39</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="2">
-        <v>46.81</v>
+        <v>48.06</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E37" s="2">
-        <v>394.3</v>
+        <v>404.81</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E38" s="2">
-        <v>7256.78</v>
+        <v>7450.3</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E39" s="2">
-        <v>359.77</v>
+        <v>369.36</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>93</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E40" s="2">
-        <v>336.89</v>
+        <v>345.87</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>96</v>
       </c>
       <c r="E41" s="2">
-        <v>621.75</v>
+        <v>638.32</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>