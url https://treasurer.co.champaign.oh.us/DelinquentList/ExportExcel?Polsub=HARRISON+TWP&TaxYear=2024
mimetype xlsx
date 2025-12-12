--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -209,209 +209,209 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>4753.2</v>
+        <v>4879.96</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>86.57</v>
+        <v>88.88</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>143.49</v>
+        <v>147.32</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="2">
-        <v>33.24</v>
+        <v>34.13</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="2">
-        <v>169.82</v>
+        <v>174.34</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="2">
-        <v>1233.59</v>
+        <v>1266.49</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E8" s="2">
-        <v>141.5</v>
+        <v>145.27</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E9" s="2">
-        <v>6216.36</v>
+        <v>6382.13</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="2">
-        <v>574.04</v>
+        <v>589.34</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>