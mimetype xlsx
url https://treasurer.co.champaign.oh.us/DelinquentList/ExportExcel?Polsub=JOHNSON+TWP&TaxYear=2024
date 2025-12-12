--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00241</t>
   </si>
   <si>
     <t>SMITH LARRY R</t>
   </si>
   <si>
@@ -85,59 +85,50 @@
   <si>
     <t>KAECK DANNY</t>
   </si>
   <si>
     <t>11621 LAKEVIEW DR</t>
   </si>
   <si>
     <t>F16-06-11-06-00-016-01</t>
   </si>
   <si>
     <t>EIDEMILLER ERIC &amp; NICOLE</t>
   </si>
   <si>
     <t>8010 W US HWY 36</t>
   </si>
   <si>
     <t>F16-06-11-36-00-002-01</t>
   </si>
   <si>
     <t>BROWN DANE</t>
   </si>
   <si>
     <t>W US HWY 36</t>
   </si>
   <si>
-    <t>F16-06-11-36-00-013-03</t>
-[...7 lines deleted...]
-  <si>
     <t>F16-06-12-02-05-005-00</t>
   </si>
   <si>
     <t>RICHARDSON NELSON TROY &amp; HEATHER LEANN</t>
   </si>
   <si>
     <t>2403 N HECK HILL RD</t>
   </si>
   <si>
     <t>F16-06-12-02-05-043-00</t>
   </si>
   <si>
     <t>WEBER PAUL B</t>
   </si>
   <si>
     <t>2546 N HECK HILL RD</t>
   </si>
   <si>
     <t>F16-06-12-02-05-070-00</t>
   </si>
   <si>
     <t>DIXON ELLEN M</t>
   </si>
   <si>
     <t>8572 ZIMMERMAN RD</t>
@@ -224,59 +215,50 @@
     <t>F16-06-12-22-01-003-00</t>
   </si>
   <si>
     <t>F16-06-12-22-01-005-00</t>
   </si>
   <si>
     <t>F16-06-12-22-02-061-00</t>
   </si>
   <si>
     <t>BUSSARD BLAIR ARTHUR</t>
   </si>
   <si>
     <t>LAKE ST</t>
   </si>
   <si>
     <t>F16-06-12-22-02-068-00</t>
   </si>
   <si>
     <t>FRIEDMANN ANITA E</t>
   </si>
   <si>
     <t>SKYLINE DR</t>
   </si>
   <si>
     <t>F16-06-12-22-02-069-00</t>
-  </si>
-[...7 lines deleted...]
-    <t>11296 ELM ST</t>
   </si>
   <si>
     <t>F16-06-12-22-04-011-00</t>
   </si>
   <si>
     <t>FARISS SHANNON D</t>
   </si>
   <si>
     <t>TANGLEWOOD AVE</t>
   </si>
   <si>
     <t>F16-06-12-22-04-027-00</t>
   </si>
   <si>
     <t>F16-06-12-22-04-064-00</t>
   </si>
   <si>
     <t>BATESON NICKI</t>
   </si>
   <si>
     <t>11742 SCENIC DR</t>
   </si>
   <si>
     <t>F16-06-12-22-04-104-00</t>
   </si>
@@ -442,1060 +424,1020 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F49" headerRowCount="1">
-  <autoFilter ref="A1:F49"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F47" headerRowCount="1">
+  <autoFilter ref="A1:F47"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7580&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8466&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9787&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29496&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28602&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28829&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7370&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7558&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7743&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7779&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7806&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=7952&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8035&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8048&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8170&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8217&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8244&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8296&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8297&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8298&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8386&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8511&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8527&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8564&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8604&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8605&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8728&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8877&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8924&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8932&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8933&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8934&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8935&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8936&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8943&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=8945&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9010&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9043&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9134&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9302&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9473&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9503&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=9787&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F49"/>
+  <dimension ref="A1:F47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.774301528930664" customWidth="1"/>
     <col min="2" max="2" width="43.23560333251953" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="26.67218017578125" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>1856.1</v>
+        <v>1905.61</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>193.41</v>
+        <v>198.58</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>6750.36</v>
+        <v>6930.36</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>98.16</v>
+        <v>100.78</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>3032.11</v>
+        <v>3112.97</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>207.8</v>
+        <v>213.34</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>9144.36</v>
+        <v>1065.18</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>1037.51</v>
+        <v>3576.44</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>3629.65</v>
+        <v>1016.92</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>990.51</v>
+        <v>4179.94</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>4071.37</v>
+        <v>445.14</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="C13" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D13" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E13" s="2">
-        <v>1133.58</v>
+        <v>166.95</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="2">
-        <v>162.61</v>
+        <v>587.95</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="2">
-        <v>572.68</v>
+        <v>320.86</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="2">
-        <v>312.53</v>
+        <v>920.76</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="2">
-        <v>896.85</v>
+        <v>7778.11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B18" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C18" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18" s="2">
-        <v>7576.08</v>
+        <v>2674.09</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="E19" s="2">
-        <v>2604.62</v>
+        <v>42.51</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E20" s="2">
-        <v>41.41</v>
+        <v>6.05</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E21" s="2">
-        <v>5.88</v>
+        <v>121.34</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E22" s="2">
-        <v>118.19</v>
+        <v>5.17</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E23" s="2">
-        <v>5.02</v>
+        <v>4827.03</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E24" s="2">
-        <v>4701.65</v>
+        <v>2265.7</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="E25" s="2">
-        <v>2206.86</v>
+        <v>2265.7</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="C26" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D26" s="0" t="s">
         <v>72</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="2">
-        <v>2206.86</v>
+        <v>279.05</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>75</v>
+        <v>19</v>
       </c>
       <c r="E27" s="2">
-        <v>1265.27</v>
+        <v>537.03</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C28" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D28" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>271.8</v>
+        <v>1220.13</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>18</v>
+        <v>75</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="E29" s="2">
-        <v>523.08</v>
+        <v>161.98</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E30" s="2">
-        <v>1188.44</v>
+        <v>232.49</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="E31" s="2">
-        <v>157.77</v>
+        <v>5862.48</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="2">
-        <v>226.45</v>
+        <v>8745.89</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="2">
-        <v>5710.2</v>
+        <v>1011.92</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E34" s="2">
-        <v>9018.72</v>
+        <v>268.68</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D35" s="0" t="s">
         <v>93</v>
       </c>
-      <c r="C35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" s="2">
-        <v>1085.64</v>
+        <v>18.81</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="E36" s="2">
-        <v>261.7</v>
+        <v>105.65</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="E37" s="2">
-        <v>18.32</v>
+        <v>3796.24</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="E38" s="2">
-        <v>102.91</v>
+        <v>18.81</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E39" s="2">
-        <v>3697.63</v>
+        <v>10178.52</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D40" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E40" s="2">
-        <v>18.32</v>
+        <v>1898.42</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B41" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="B41" s="0" t="s">
+      <c r="C41" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D41" s="0" t="s">
         <v>105</v>
       </c>
-      <c r="C41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E41" s="2">
-        <v>9914.13</v>
+        <v>689.08</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>108</v>
       </c>
       <c r="E42" s="2">
-        <v>1849.1</v>
+        <v>1454.92</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>110</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>111</v>
       </c>
       <c r="E43" s="2">
-        <v>671.18</v>
+        <v>0.03</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="2">
-        <v>1417.13</v>
+        <v>5169.05</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>117</v>
       </c>
       <c r="E45" s="2">
-        <v>0.03</v>
+        <v>5964.75</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>120</v>
       </c>
       <c r="E46" s="2">
-        <v>5034.78</v>
+        <v>2280.19</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>122</v>
+        <v>90</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>123</v>
+        <v>93</v>
       </c>
       <c r="E47" s="2">
-        <v>5809.81</v>
+        <v>346.4</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>10</v>
-[...38 lines deleted...]
-      <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -1503,34 +1445,32 @@
     <hyperlink ref="F23" r:id="rId23"/>
     <hyperlink ref="F24" r:id="rId24"/>
     <hyperlink ref="F25" r:id="rId25"/>
     <hyperlink ref="F26" r:id="rId26"/>
     <hyperlink ref="F27" r:id="rId27"/>
     <hyperlink ref="F28" r:id="rId28"/>
     <hyperlink ref="F29" r:id="rId29"/>
     <hyperlink ref="F30" r:id="rId30"/>
     <hyperlink ref="F31" r:id="rId31"/>
     <hyperlink ref="F32" r:id="rId32"/>
     <hyperlink ref="F33" r:id="rId33"/>
     <hyperlink ref="F34" r:id="rId34"/>
     <hyperlink ref="F35" r:id="rId35"/>
     <hyperlink ref="F36" r:id="rId36"/>
     <hyperlink ref="F37" r:id="rId37"/>
     <hyperlink ref="F38" r:id="rId38"/>
     <hyperlink ref="F39" r:id="rId39"/>
     <hyperlink ref="F40" r:id="rId40"/>
     <hyperlink ref="F41" r:id="rId41"/>
     <hyperlink ref="F42" r:id="rId42"/>
     <hyperlink ref="F43" r:id="rId43"/>
     <hyperlink ref="F44" r:id="rId44"/>
     <hyperlink ref="F45" r:id="rId45"/>
     <hyperlink ref="F46" r:id="rId46"/>
     <hyperlink ref="F47" r:id="rId47"/>
-    <hyperlink ref="F48" r:id="rId48"/>
-    <hyperlink ref="F49" r:id="rId49"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>