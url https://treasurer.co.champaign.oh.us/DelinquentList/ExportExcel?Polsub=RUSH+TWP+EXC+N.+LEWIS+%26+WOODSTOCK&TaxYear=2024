--- v0 (2025-10-28)
+++ v1 (2025-12-12)
@@ -278,491 +278,491 @@
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>9.36</v>
+        <v>9.61</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2">
-        <v>65.81</v>
+        <v>67.56</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2">
-        <v>173.81</v>
+        <v>178.44</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="2">
-        <v>1794.96</v>
+        <v>1842.83</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2">
-        <v>72.26</v>
+        <v>74.19</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2">
-        <v>72.26</v>
+        <v>74.19</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2">
-        <v>71.15</v>
+        <v>73.05</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="2">
-        <v>323.04</v>
+        <v>331.65</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>23</v>
       </c>
       <c r="E10" s="2">
-        <v>3583.93</v>
+        <v>3679.52</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E11" s="2">
-        <v>879.75</v>
+        <v>903.21</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E12" s="2">
-        <v>1053.19</v>
+        <v>1081.28</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E13" s="2">
-        <v>922.31</v>
+        <v>946.91</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E14" s="2">
-        <v>4854.16</v>
+        <v>4983.6</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="2">
-        <v>348.21</v>
+        <v>357.49</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E16" s="2">
-        <v>2712.2</v>
+        <v>2784.52</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="2">
-        <v>399.17</v>
+        <v>409.82</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E18" s="2">
-        <v>1.18</v>
+        <v>1.21</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2">
-        <v>28.96</v>
+        <v>29.73</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2">
-        <v>171.25</v>
+        <v>175.82</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E21" s="2">
-        <v>20.75</v>
+        <v>21.3</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E22" s="2">
-        <v>719.19</v>
+        <v>738.37</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E23" s="2">
-        <v>8.28</v>
+        <v>8.5</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E24" s="2">
-        <v>20.75</v>
+        <v>21.3</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>