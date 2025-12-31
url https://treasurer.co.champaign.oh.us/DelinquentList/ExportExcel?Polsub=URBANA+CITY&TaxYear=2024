--- v0 (2025-10-28)
+++ v1 (2025-12-31)
@@ -5,142 +5,124 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="226" uniqueCount="226">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
-    <t>00641</t>
-[...2 lines deleted...]
-    <t>LANIER PENNY A</t>
+    <t>00648</t>
+  </si>
+  <si>
+    <t>ELLIOTT TIFFANY D</t>
   </si>
   <si>
     <t>URBANA CSD</t>
   </si>
   <si>
-    <t>225 LOGAN ST LOT 09</t>
+    <t>225 LOGAN ST LOT 20</t>
   </si>
   <si>
     <t>View</t>
   </si>
   <si>
-    <t>00648</t>
-[...7 lines deleted...]
-  <si>
     <t>00671</t>
   </si>
   <si>
     <t>GRUBB SHANNON</t>
   </si>
   <si>
     <t>225 LOGAN ST LOT 41</t>
   </si>
   <si>
     <t>00764</t>
   </si>
   <si>
     <t>SKAGGS DYLAN</t>
   </si>
   <si>
     <t>225 LOGAN ST LOT 85</t>
   </si>
   <si>
     <t>01320</t>
   </si>
   <si>
     <t>EUBANKS VICKIE JO</t>
   </si>
   <si>
     <t>225 LOGAN ST LOT 03</t>
   </si>
   <si>
     <t>01341</t>
   </si>
   <si>
     <t>01696</t>
   </si>
   <si>
     <t>MCCAIN TRACEY L</t>
   </si>
   <si>
     <t>225 LOGAN ST LOT 14</t>
   </si>
   <si>
-    <t>01857</t>
-[...7 lines deleted...]
-  <si>
     <t>K48-25-00-01-04-021-00</t>
   </si>
   <si>
     <t>MCCONNAUGHEY NATHANIEL</t>
   </si>
   <si>
     <t>313 S EDGEWOOD AVE</t>
   </si>
   <si>
     <t>K48-25-00-01-10-010-00</t>
   </si>
   <si>
     <t>HAGGARD RANDALL COLIN &amp; JENNIFER DANIELLE</t>
   </si>
   <si>
     <t>215 DEWEY AVE</t>
   </si>
   <si>
     <t>K48-25-00-01-15-015-00</t>
   </si>
   <si>
     <t>PANDIN COMPANY LLC THE</t>
   </si>
   <si>
     <t>831 MIAMI ST</t>
@@ -154,68 +136,59 @@
   <si>
     <t>K48-25-00-01-18-008-00</t>
   </si>
   <si>
     <t>RAMEY TERRY L</t>
   </si>
   <si>
     <t>135 CLAY ST</t>
   </si>
   <si>
     <t>K48-25-00-01-20-015-00</t>
   </si>
   <si>
     <t>RUTTER TODD &amp; BRIANNA</t>
   </si>
   <si>
     <t>S HIGH ST</t>
   </si>
   <si>
     <t>K48-25-00-01-20-017-00</t>
   </si>
   <si>
     <t>940 S HIGH ST</t>
   </si>
   <si>
-    <t>K48-25-00-01-20-031-01</t>
-[...2 lines deleted...]
-    <t>CUTLIP JAMES EDWARD</t>
+    <t>K48-25-00-01-20-039-00</t>
+  </si>
+  <si>
+    <t>DUNCAN HATTIE W</t>
   </si>
   <si>
     <t>W BROADWAY ST</t>
   </si>
   <si>
-    <t>K48-25-00-01-20-031-02</t>
-[...7 lines deleted...]
-  <si>
     <t>K48-25-00-01-21-003-00</t>
   </si>
   <si>
     <t>PANDIN COMPANY LLC</t>
   </si>
   <si>
     <t>806 S MAIN ST</t>
   </si>
   <si>
     <t>K48-25-00-02-07-007-00</t>
   </si>
   <si>
     <t>RATLIFF PATRICIA L</t>
   </si>
   <si>
     <t>302 HENRY ST</t>
   </si>
   <si>
     <t>K48-25-00-02-12-017-00</t>
   </si>
   <si>
     <t>JONES ROY DAVID</t>
   </si>
   <si>
     <t>438 S KENTON ST</t>
@@ -469,129 +442,90 @@
   <si>
     <t>SMITH THOMAS E</t>
   </si>
   <si>
     <t>617 HAGENBUCH ST</t>
   </si>
   <si>
     <t>K48-25-00-04-04-161-00</t>
   </si>
   <si>
     <t>GRIMES CHERYL LYNN</t>
   </si>
   <si>
     <t>468 GWYNNE ST</t>
   </si>
   <si>
     <t>K48-25-00-04-08-004-00</t>
   </si>
   <si>
     <t>GILMORE PROPERTY BUYERS LLC</t>
   </si>
   <si>
     <t>418 W LIGHT ST</t>
   </si>
   <si>
-    <t>K48-25-00-04-12-054-00</t>
-[...28 lines deleted...]
-  <si>
     <t>K48-25-00-04-12-099-00</t>
   </si>
   <si>
     <t>WATKINS BRIAN</t>
   </si>
   <si>
     <t>304 HARMON AVE</t>
   </si>
   <si>
     <t>K48-25-00-04-13-043-00</t>
   </si>
   <si>
     <t>BROOKS WILBUR</t>
   </si>
   <si>
     <t>N RUSSELL ST</t>
   </si>
   <si>
     <t>K48-25-00-04-14-005-00</t>
   </si>
   <si>
     <t>WEBER BRITTANEY S</t>
   </si>
   <si>
     <t>UNION ST</t>
   </si>
   <si>
-    <t>K48-25-00-04-16-018-00</t>
-[...7 lines deleted...]
-  <si>
     <t>K48-25-00-04-16-094-00</t>
   </si>
   <si>
     <t>SCHAFFER BARBARA</t>
   </si>
   <si>
     <t>320 SARA ST</t>
   </si>
   <si>
     <t>K48-25-00-04-17-011-00</t>
   </si>
   <si>
-    <t>FORSYTHE REBECCA J</t>
+    <t>GRAUMAN JOHN FITZGERALD ETAL</t>
   </si>
   <si>
     <t>628 LOUDEN ST</t>
   </si>
   <si>
     <t>K48-25-00-04-18-018-02</t>
   </si>
   <si>
     <t>YODER C RAY</t>
   </si>
   <si>
     <t>RAILROAD ST</t>
   </si>
   <si>
     <t>K48-25-00-04-18-019-00</t>
   </si>
   <si>
     <t>GONZALEZ PETE</t>
   </si>
   <si>
     <t>824 RAILROAD ST</t>
   </si>
   <si>
     <t>K48-25-00-04-19-002-00</t>
   </si>
@@ -736,1700 +670,1500 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F81" headerRowCount="1">
-  <autoFilter ref="A1:F81"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F71" headerRowCount="1">
+  <autoFilter ref="A1:F71"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22423&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=30132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=25053&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22423&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=30132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=25053&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F81"/>
+  <dimension ref="A1:F71"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.904232025146484" customWidth="1"/>
     <col min="2" max="2" width="62.812984466552734" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="22.36405372619629" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>21.44</v>
+        <v>198.38</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>193.23</v>
+        <v>17.87</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>17.41</v>
+        <v>110.07</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>107.21</v>
+        <v>121.51</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E6" s="2">
-        <v>118.35</v>
+        <v>126.42</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
         <v>23</v>
       </c>
-      <c r="B7" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E7" s="2">
-        <v>123.14</v>
+        <v>344.08</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E8" s="2">
-        <v>335.15</v>
+        <v>474.83</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>28</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="2">
-        <v>122.37</v>
+        <v>474.92</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="2">
-        <v>462.5</v>
+        <v>4107.41</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D11" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C11" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E11" s="2">
-        <v>462.58</v>
+        <v>3090.28</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="B12" s="0" t="s">
+      <c r="C12" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="C12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E12" s="2">
-        <v>4000.72</v>
+        <v>3960.77</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="2">
-        <v>3010.01</v>
+        <v>573.04</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E14" s="2">
-        <v>3857.88</v>
+        <v>5627.75</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" s="2">
-        <v>558.16</v>
+        <v>1428.55</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="2">
-        <v>5481.57</v>
+        <v>4120.43</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="2">
-        <v>68.73</v>
+        <v>50.92</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>52</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E18" s="2">
-        <v>67.12</v>
+        <v>4913.32</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E19" s="2">
-        <v>1391.42</v>
+        <v>186.41</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D20" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="2">
-        <v>4013.41</v>
+        <v>650.74</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E21" s="2">
-        <v>49.6</v>
+        <v>8957.03</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E22" s="2">
-        <v>4785.7</v>
+        <v>1697.67</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E23" s="2">
-        <v>181.57</v>
+        <v>1980.25</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="E24" s="2">
-        <v>633.84</v>
+        <v>33.47</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="E25" s="2">
-        <v>8724.37</v>
+        <v>470.11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="E26" s="2">
-        <v>1653.57</v>
+        <v>4681.66</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E27" s="2">
-        <v>1928.81</v>
+        <v>5301.29</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="E28" s="2">
-        <v>32.6</v>
+        <v>831.94</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="E29" s="2">
-        <v>457.9</v>
+        <v>8546.7</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E30" s="2">
-        <v>4560.05</v>
+        <v>206.18</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E31" s="2">
-        <v>5163.59</v>
+        <v>3323.56</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E32" s="2">
-        <v>810.33</v>
+        <v>1685.46</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E33" s="2">
-        <v>8324.72</v>
+        <v>1805.39</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E34" s="2">
-        <v>200.82</v>
+        <v>1988.61</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E35" s="2">
-        <v>3237.23</v>
+        <v>1658.26</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E36" s="2">
-        <v>1641.68</v>
+        <v>15.88</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="E37" s="2">
-        <v>1758.5</v>
+        <v>2017.6</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E38" s="2">
-        <v>1936.96</v>
+        <v>10017.13</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E39" s="2">
-        <v>1615.19</v>
+        <v>1204.17</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E40" s="2">
-        <v>15.47</v>
+        <v>1098.17</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E41" s="2">
-        <v>2452.21</v>
+        <v>2178.58</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E42" s="2">
-        <v>9756.95</v>
+        <v>248.59</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E43" s="2">
-        <v>1172.89</v>
+        <v>431.69</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>124</v>
       </c>
-      <c r="B44" s="0" t="s">
+      <c r="C44" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D44" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="C44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E44" s="2">
-        <v>1069.65</v>
+        <v>566.05</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>129</v>
       </c>
       <c r="E45" s="2">
-        <v>2121.99</v>
+        <v>14.84</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E46" s="2">
-        <v>242.13</v>
+        <v>1549.87</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E47" s="2">
-        <v>420.48</v>
+        <v>1725.59</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E48" s="2">
-        <v>551.35</v>
+        <v>7434.77</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E49" s="2">
-        <v>14.45</v>
+        <v>1281</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E50" s="2">
-        <v>1509.61</v>
+        <v>927.27</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E51" s="2">
-        <v>1680.77</v>
+        <v>1055.15</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E52" s="2">
-        <v>7241.65</v>
+        <v>440.44</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E53" s="2">
-        <v>1247.72</v>
+        <v>55.87</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E54" s="2">
-        <v>903.18</v>
+        <v>847.89</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E55" s="2">
-        <v>471.77</v>
+        <v>503.85</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E56" s="2">
-        <v>4096.48</v>
+        <v>397.7</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="E57" s="2">
-        <v>562.27</v>
+        <v>318.12</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E58" s="2">
-        <v>2544.64</v>
+        <v>5002.34</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>161</v>
+        <v>170</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>156</v>
+        <v>171</v>
       </c>
       <c r="E59" s="2">
-        <v>354.12</v>
+        <v>1228.02</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="E60" s="2">
-        <v>1027.75</v>
+        <v>1871.04</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="E61" s="2">
-        <v>429</v>
+        <v>7237.37</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="E62" s="2">
-        <v>54.42</v>
+        <v>1904.59</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="E63" s="2">
-        <v>2887.42</v>
+        <v>3815.2</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E64" s="2">
-        <v>825.87</v>
+        <v>2138.08</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="E65" s="2">
-        <v>490.77</v>
+        <v>1889.66</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="E66" s="2">
-        <v>387.37</v>
+        <v>325.1</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>186</v>
+        <v>134</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="E67" s="2">
-        <v>309.86</v>
+        <v>1274.31</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>189</v>
+        <v>134</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E68" s="2">
-        <v>4872.4</v>
+        <v>732.38</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E69" s="2">
-        <v>1196.12</v>
+        <v>2985.82</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="E70" s="2">
-        <v>1822.44</v>
+        <v>5832.82</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="E71" s="2">
-        <v>7049.38</v>
+        <v>872.44</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>10</v>
-[...198 lines deleted...]
-      <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -2461,42 +2195,32 @@
     <hyperlink ref="F47" r:id="rId47"/>
     <hyperlink ref="F48" r:id="rId48"/>
     <hyperlink ref="F49" r:id="rId49"/>
     <hyperlink ref="F50" r:id="rId50"/>
     <hyperlink ref="F51" r:id="rId51"/>
     <hyperlink ref="F52" r:id="rId52"/>
     <hyperlink ref="F53" r:id="rId53"/>
     <hyperlink ref="F54" r:id="rId54"/>
     <hyperlink ref="F55" r:id="rId55"/>
     <hyperlink ref="F56" r:id="rId56"/>
     <hyperlink ref="F57" r:id="rId57"/>
     <hyperlink ref="F58" r:id="rId58"/>
     <hyperlink ref="F59" r:id="rId59"/>
     <hyperlink ref="F60" r:id="rId60"/>
     <hyperlink ref="F61" r:id="rId61"/>
     <hyperlink ref="F62" r:id="rId62"/>
     <hyperlink ref="F63" r:id="rId63"/>
     <hyperlink ref="F64" r:id="rId64"/>
     <hyperlink ref="F65" r:id="rId65"/>
     <hyperlink ref="F66" r:id="rId66"/>
     <hyperlink ref="F67" r:id="rId67"/>
     <hyperlink ref="F68" r:id="rId68"/>
     <hyperlink ref="F69" r:id="rId69"/>
     <hyperlink ref="F70" r:id="rId70"/>
     <hyperlink ref="F71" r:id="rId71"/>
-    <hyperlink ref="F72" r:id="rId72"/>
-[...8 lines deleted...]
-    <hyperlink ref="F81" r:id="rId81"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>