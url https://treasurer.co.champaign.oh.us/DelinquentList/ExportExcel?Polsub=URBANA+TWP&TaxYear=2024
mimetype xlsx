--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -5,51 +5,51 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Delinquent List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="490" uniqueCount="490">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="458" uniqueCount="458">
   <si>
     <t>Property Number</t>
   </si>
   <si>
     <t>Owner Name</t>
   </si>
   <si>
     <t>School District</t>
   </si>
   <si>
     <t>Location Address</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>View Property</t>
   </si>
   <si>
     <t>00025</t>
   </si>
   <si>
     <t>ALFREY SUZANNE</t>
   </si>
   <si>
@@ -247,59 +247,50 @@
   <si>
     <t>STEVENS LAURIE</t>
   </si>
   <si>
     <t xml:space="preserve">4071 S US HWY 68  LOT 18</t>
   </si>
   <si>
     <t>00793</t>
   </si>
   <si>
     <t>BELLAMY GARDNER</t>
   </si>
   <si>
     <t xml:space="preserve">4071 S US HWY 68  LOT 11</t>
   </si>
   <si>
     <t>00808</t>
   </si>
   <si>
     <t>COOPER AARON K</t>
   </si>
   <si>
     <t xml:space="preserve">4071 S US HWY 68  LOT 50</t>
   </si>
   <si>
-    <t>00809</t>
-[...7 lines deleted...]
-  <si>
     <t>00843</t>
   </si>
   <si>
     <t>MCCOY DAVID &amp; DOLLY MILLER</t>
   </si>
   <si>
     <t xml:space="preserve">4071 S US HWY 68  LOT 47</t>
   </si>
   <si>
     <t>00955</t>
   </si>
   <si>
     <t>WARD CHAD A</t>
   </si>
   <si>
     <t>5646 SPFLD URBANA PK LOT 119</t>
   </si>
   <si>
     <t>00961</t>
   </si>
   <si>
     <t>SPECKMAN CHRISTOPHER</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 32</t>
@@ -328,126 +319,108 @@
   <si>
     <t>KRIESEL FRANCINE JO</t>
   </si>
   <si>
     <t>5646 SPFLD URBANA PK LOT 22</t>
   </si>
   <si>
     <t>01126</t>
   </si>
   <si>
     <t>SHANK KAMERON</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 08</t>
   </si>
   <si>
     <t>01175</t>
   </si>
   <si>
     <t>WILLIS JOSHUA A &amp; SHELBY L</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 225</t>
   </si>
   <si>
-    <t>01178</t>
-[...7 lines deleted...]
-  <si>
     <t>01201</t>
   </si>
   <si>
     <t>HOLBROOK LEONA</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 119</t>
   </si>
   <si>
-    <t>01206</t>
-[...7 lines deleted...]
-  <si>
     <t>01209</t>
   </si>
   <si>
     <t>GILLELAND SEAN P</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 85</t>
   </si>
   <si>
     <t>01210</t>
   </si>
   <si>
     <t>WILSON ANTHONY D</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 194</t>
   </si>
   <si>
     <t>01240</t>
   </si>
   <si>
     <t>KITE GILLIAN</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 178</t>
   </si>
   <si>
     <t>01241</t>
   </si>
   <si>
     <t>WAGNER DUSTIN</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 7</t>
   </si>
   <si>
     <t>01252</t>
   </si>
   <si>
     <t>MILLEDGE JORDAN C &amp; HANNAH R</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 91</t>
   </si>
   <si>
     <t>01266</t>
   </si>
   <si>
-    <t>JONES STEPHANIE S</t>
+    <t>OW OHIO AFFORDABLE HOUSING I, LLC</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 160</t>
   </si>
   <si>
     <t>01298</t>
   </si>
   <si>
     <t>AMIDON MEISHA M</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 175</t>
   </si>
   <si>
     <t>01305</t>
   </si>
   <si>
     <t>OW AFFORDABLE HOUSING I, LLC</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 52</t>
   </si>
   <si>
     <t>01307</t>
   </si>
@@ -466,59 +439,50 @@
   <si>
     <t>225 LOGAN ST LOT 03</t>
   </si>
   <si>
     <t>01339</t>
   </si>
   <si>
     <t>ANDERSON ROY</t>
   </si>
   <si>
     <t xml:space="preserve">4071 S US HWY 68  LOT 20</t>
   </si>
   <si>
     <t>01341</t>
   </si>
   <si>
     <t>01357</t>
   </si>
   <si>
     <t>LITTLE KATHERINE A</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 97</t>
   </si>
   <si>
-    <t>01371</t>
-[...7 lines deleted...]
-  <si>
     <t>01381</t>
   </si>
   <si>
     <t>CURTIS WILLIAM</t>
   </si>
   <si>
     <t>5646 SPFLD URBANA PK LOT 69</t>
   </si>
   <si>
     <t>01419</t>
   </si>
   <si>
     <t>CANIZO MOSES</t>
   </si>
   <si>
     <t>5646 SPFLD URBANA PK LOT 92</t>
   </si>
   <si>
     <t>01455</t>
   </si>
   <si>
     <t>KNIPP BRITTANY K</t>
   </si>
   <si>
     <t>5646 SPFLD URBANA PK LOT 87</t>
@@ -580,77 +544,59 @@
   <si>
     <t>FRY CODY LEE</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 128</t>
   </si>
   <si>
     <t>01662</t>
   </si>
   <si>
     <t>MCCREIGHT NANCY S</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 147</t>
   </si>
   <si>
     <t>01696</t>
   </si>
   <si>
     <t>MCCAIN TRACEY L</t>
   </si>
   <si>
     <t>225 LOGAN ST LOT 14</t>
   </si>
   <si>
-    <t>01793</t>
-[...7 lines deleted...]
-  <si>
     <t>01846</t>
   </si>
   <si>
     <t>SCROGGS DOUGLAS</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 106</t>
   </si>
   <si>
-    <t>01857</t>
-[...7 lines deleted...]
-  <si>
     <t>01937</t>
   </si>
   <si>
     <t>WOOD RYAN</t>
   </si>
   <si>
     <t>5646 SPFLD URBANA PK LOT 128</t>
   </si>
   <si>
     <t>01991</t>
   </si>
   <si>
     <t>GEHO RACHEL L</t>
   </si>
   <si>
     <t>5579 SPFLD URBANA PK LOT 87</t>
   </si>
   <si>
     <t>02023</t>
   </si>
   <si>
     <t>COLLINS MAXINE Y</t>
   </si>
   <si>
     <t xml:space="preserve">4071 S US HWY 68  LOT 45</t>
@@ -937,68 +883,59 @@
   <si>
     <t>K48-25-00-01-18-008-00</t>
   </si>
   <si>
     <t>RAMEY TERRY L</t>
   </si>
   <si>
     <t>135 CLAY ST</t>
   </si>
   <si>
     <t>K48-25-00-01-20-015-00</t>
   </si>
   <si>
     <t>RUTTER TODD &amp; BRIANNA</t>
   </si>
   <si>
     <t>S HIGH ST</t>
   </si>
   <si>
     <t>K48-25-00-01-20-017-00</t>
   </si>
   <si>
     <t>940 S HIGH ST</t>
   </si>
   <si>
-    <t>K48-25-00-01-20-031-01</t>
-[...2 lines deleted...]
-    <t>CUTLIP JAMES EDWARD</t>
+    <t>K48-25-00-01-20-039-00</t>
+  </si>
+  <si>
+    <t>DUNCAN HATTIE W</t>
   </si>
   <si>
     <t>W BROADWAY ST</t>
   </si>
   <si>
-    <t>K48-25-00-01-20-031-02</t>
-[...7 lines deleted...]
-  <si>
     <t>K48-25-00-01-21-003-00</t>
   </si>
   <si>
     <t>PANDIN COMPANY LLC</t>
   </si>
   <si>
     <t>806 S MAIN ST</t>
   </si>
   <si>
     <t>K48-25-00-02-07-007-00</t>
   </si>
   <si>
     <t>RATLIFF PATRICIA L</t>
   </si>
   <si>
     <t>302 HENRY ST</t>
   </si>
   <si>
     <t>K48-25-00-02-12-017-00</t>
   </si>
   <si>
     <t>JONES ROY DAVID</t>
   </si>
   <si>
     <t>438 S KENTON ST</t>
@@ -1144,59 +1081,50 @@
   <si>
     <t>BRENNAN DONALD C</t>
   </si>
   <si>
     <t>449 E WARD ST</t>
   </si>
   <si>
     <t>K48-25-00-03-13-019-00</t>
   </si>
   <si>
     <t>ROGERS GAVIN LANE</t>
   </si>
   <si>
     <t>E WARD ST</t>
   </si>
   <si>
     <t>K48-25-00-03-19-080-00</t>
   </si>
   <si>
     <t>BROOKS JUAN</t>
   </si>
   <si>
     <t>302 E COURT ST</t>
   </si>
   <si>
-    <t>K48-25-00-03-19-169-00</t>
-[...7 lines deleted...]
-  <si>
     <t>K48-25-00-03-22-186-00</t>
   </si>
   <si>
     <t>GRAUMAN JOHN F</t>
   </si>
   <si>
     <t>339 WASHINGTON AVE</t>
   </si>
   <si>
     <t>K48-25-00-03-27-007-00</t>
   </si>
   <si>
     <t>CURNUTTE TRACI A</t>
   </si>
   <si>
     <t>751 MARK DR</t>
   </si>
   <si>
     <t>K48-25-00-03-33-045-01</t>
   </si>
   <si>
     <t>JHG INVESTMENTS, LLC</t>
   </si>
   <si>
     <t>118 DOWNS AVE</t>
@@ -1261,129 +1189,105 @@
   <si>
     <t>SMITH THOMAS E</t>
   </si>
   <si>
     <t>617 HAGENBUCH ST</t>
   </si>
   <si>
     <t>K48-25-00-04-04-161-00</t>
   </si>
   <si>
     <t>GRIMES CHERYL LYNN</t>
   </si>
   <si>
     <t>468 GWYNNE ST</t>
   </si>
   <si>
     <t>K48-25-00-04-08-004-00</t>
   </si>
   <si>
     <t>GILMORE PROPERTY BUYERS LLC</t>
   </si>
   <si>
     <t>418 W LIGHT ST</t>
   </si>
   <si>
-    <t>K48-25-00-04-12-054-00</t>
-[...2 lines deleted...]
-    <t>BAKER ASHLEY N</t>
+    <t>K48-25-00-04-12-068-00</t>
+  </si>
+  <si>
+    <t>HOLYCROSS VICKIE L</t>
+  </si>
+  <si>
+    <t>124 POE AVE</t>
+  </si>
+  <si>
+    <t>K48-25-00-04-12-069-00</t>
   </si>
   <si>
     <t>POE AVE</t>
   </si>
   <si>
-    <t>K48-25-00-04-12-055-00</t>
-[...19 lines deleted...]
-  <si>
     <t>K48-25-00-04-12-099-00</t>
   </si>
   <si>
     <t>WATKINS BRIAN</t>
   </si>
   <si>
     <t>304 HARMON AVE</t>
   </si>
   <si>
     <t>K48-25-00-04-13-043-00</t>
   </si>
   <si>
     <t>BROOKS WILBUR</t>
   </si>
   <si>
     <t>N RUSSELL ST</t>
   </si>
   <si>
     <t>K48-25-00-04-14-005-00</t>
   </si>
   <si>
     <t>WEBER BRITTANEY S</t>
   </si>
   <si>
     <t>UNION ST</t>
   </si>
   <si>
-    <t>K48-25-00-04-16-018-00</t>
-[...7 lines deleted...]
-  <si>
     <t>K48-25-00-04-16-094-00</t>
   </si>
   <si>
     <t>SCHAFFER BARBARA</t>
   </si>
   <si>
     <t>320 SARA ST</t>
   </si>
   <si>
     <t>K48-25-00-04-17-011-00</t>
   </si>
   <si>
-    <t>FORSYTHE REBECCA J</t>
+    <t>GRAUMAN JOHN FITZGERALD ETAL</t>
   </si>
   <si>
     <t>628 LOUDEN ST</t>
   </si>
   <si>
     <t>K48-25-00-04-18-018-02</t>
   </si>
   <si>
     <t>YODER C RAY</t>
   </si>
   <si>
     <t>RAILROAD ST</t>
   </si>
   <si>
     <t>K48-25-00-04-18-019-00</t>
   </si>
   <si>
     <t>GONZALEZ PETE</t>
   </si>
   <si>
     <t>824 RAILROAD ST</t>
   </si>
   <si>
     <t>K48-25-00-04-19-002-00</t>
   </si>
@@ -1528,3500 +1432,3240 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F171" headerRowCount="1">
-  <autoFilter ref="A1:F171"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="ResultTable" displayName="ResultTable" ref="A1:F158" headerRowCount="1">
+  <autoFilter ref="A1:F158"/>
   <tableColumns count="6">
     <tableColumn id="1" name="Property Number"/>
     <tableColumn id="2" name="Owner Name"/>
     <tableColumn id="3" name="School District"/>
     <tableColumn id="4" name="Location Address"/>
     <tableColumn id="5" name="Amount"/>
     <tableColumn id="6" name="View Property"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29577&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28573&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29774&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27972&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28157&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29763&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19816&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19817&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22198&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22423&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=30132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23652&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23653&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23909&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=25053&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29557&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28212&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28351&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28357&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28363&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28011&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28133&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28387&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28404&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28411&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28418&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28420&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28092&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28441&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27830&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29115&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29300&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28483&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28491&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29628&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29504&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28493&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28497&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28505&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28529&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28551&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28559&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29097&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29384&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28581&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28582&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29776&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29805&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28595&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29731&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28608&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27988&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29156&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28615&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29282&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28621&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29734&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28181&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29739&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28646&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28651&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28659&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28660&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29506&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28664&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28686&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28690&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28696&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28119&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28730&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29768&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29325&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29362&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28796&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28804&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28821&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28836&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28838&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29162&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28865&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28870&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28874&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28921&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=28979&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29018&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29507&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29057&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=29067&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17469&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17489&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17545&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=17811&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18330&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18354&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18707&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18723&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27385&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18851&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18853&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18854&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=18876&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19321&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19440&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19588&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19601&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19758&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19800&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19801&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19826&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=19845&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20192&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20392&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20393&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20394&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20395&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20396&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20416&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20561&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20570&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20624&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20689&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20726&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20746&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20792&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=20901&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21398&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21534&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21722&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=21812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22423&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22569&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=30132&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22742&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=22745&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23107&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23108&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23112&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23218&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23278&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23306&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23346&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23537&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23665&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23666&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23697&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23820&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23825&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=23984&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24037&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24069&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24073&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24129&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24130&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24131&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24331&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24340&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24364&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24414&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24449&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=27555&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24606&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24607&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24753&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=24812&amp;Tax_Year=2024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://treasurer.co.champaign.oh.us/Account/Index?Property_ID=25053&amp;Tax_Year=2024" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F171"/>
+  <dimension ref="A1:F158"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22.904232025146484" customWidth="1"/>
     <col min="2" max="2" width="104.05887603759766" customWidth="1"/>
     <col min="3" max="3" width="16.232078552246094" customWidth="1"/>
     <col min="4" max="4" width="30.80331802368164" customWidth="1"/>
     <col min="5" max="5" width="10.763794898986816" customWidth="1"/>
     <col min="6" max="6" width="16.1522798538208" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2">
-        <v>363.66</v>
+        <v>373.36</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="2">
-        <v>103.03</v>
+        <v>105.78</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="2">
-        <v>196.66</v>
+        <v>201.91</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="E5" s="2">
-        <v>254.78</v>
+        <v>261.56</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="2">
-        <v>44.17</v>
+        <v>45.35</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="2">
-        <v>20.63</v>
+        <v>21.18</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="2">
-        <v>9.08</v>
+        <v>9.32</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>31</v>
       </c>
       <c r="E9" s="2">
-        <v>1370.59</v>
+        <v>1407.15</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="2">
-        <v>170.98</v>
+        <v>175.54</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="2">
-        <v>19.1</v>
+        <v>19.61</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="2">
-        <v>1683.17</v>
+        <v>1728.06</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="E13" s="2">
-        <v>62.95</v>
+        <v>64.63</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="2">
-        <v>2109.01</v>
+        <v>2165.24</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="2">
-        <v>21.44</v>
+        <v>22.01</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="2">
-        <v>193.23</v>
+        <v>198.38</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="2">
-        <v>17.41</v>
+        <v>17.87</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>58</v>
       </c>
       <c r="E18" s="2">
-        <v>76.42</v>
+        <v>78.46</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2">
-        <v>134.18</v>
+        <v>137.76</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="2">
-        <v>107.21</v>
+        <v>110.07</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="2">
-        <v>162.24</v>
+        <v>166.57</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>70</v>
       </c>
       <c r="E22" s="2">
-        <v>1116.89</v>
+        <v>1146.67</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="2">
-        <v>356.85</v>
+        <v>366.38</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="2">
-        <v>1229.1</v>
+        <v>1261.87</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="2">
-        <v>99.25</v>
+        <v>101.9</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="2">
-        <v>34.51</v>
+        <v>17.39</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="2">
-        <v>16.94</v>
+        <v>148.79</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="E28" s="2">
-        <v>144.93</v>
+        <v>21.88</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="2">
-        <v>21.31</v>
+        <v>216.02</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>94</v>
       </c>
       <c r="E30" s="2">
-        <v>210.42</v>
+        <v>117.99</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="2">
-        <v>114.92</v>
+        <v>24.48</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="E32" s="2">
-        <v>23.84</v>
+        <v>249.69</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="E33" s="2">
-        <v>243.2</v>
+        <v>48.85</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>106</v>
       </c>
       <c r="E34" s="2">
-        <v>47.58</v>
+        <v>131.22</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E35" s="2">
-        <v>10.91</v>
+        <v>47.5</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="E36" s="2">
-        <v>127.81</v>
+        <v>137.76</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="E37" s="2">
-        <v>599.2</v>
+        <v>278.66</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="E38" s="2">
-        <v>46.27</v>
+        <v>413.55</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>121</v>
       </c>
       <c r="E39" s="2">
-        <v>134.18</v>
+        <v>16.31</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>124</v>
       </c>
       <c r="E40" s="2">
-        <v>271.43</v>
+        <v>109.55</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E41" s="2">
-        <v>402.81</v>
+        <v>20.28</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>130</v>
       </c>
       <c r="E42" s="2">
-        <v>15.89</v>
+        <v>99.43</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>133</v>
       </c>
       <c r="E43" s="2">
-        <v>106.7</v>
+        <v>35.63</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>136</v>
       </c>
       <c r="E44" s="2">
-        <v>19.75</v>
+        <v>121.51</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="2">
-        <v>96.84</v>
+        <v>2448.62</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>142</v>
+        <v>136</v>
       </c>
       <c r="E46" s="2">
-        <v>34.7</v>
+        <v>126.42</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B47" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D47" s="0" t="s">
         <v>143</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" s="2">
-        <v>118.35</v>
+        <v>42.15</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D48" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E48" s="2">
-        <v>2385.01</v>
+        <v>524.24</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D49" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="B49" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" s="2">
-        <v>123.14</v>
+        <v>4379.33</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>152</v>
       </c>
       <c r="E50" s="2">
-        <v>41.06</v>
+        <v>123.25</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>155</v>
       </c>
       <c r="E51" s="2">
-        <v>39.63</v>
+        <v>714.35</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>158</v>
       </c>
       <c r="E52" s="2">
-        <v>510.63</v>
+        <v>5913.65</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>161</v>
       </c>
       <c r="E53" s="2">
-        <v>4265.58</v>
+        <v>96.83</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B54" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D54" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E54" s="2">
-        <v>120.05</v>
+        <v>157.8</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="B55" s="0" t="s">
+      <c r="C55" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D55" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="C55" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E55" s="2">
-        <v>695.78</v>
+        <v>22.94</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>167</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B56" s="0" t="s">
+      <c r="C56" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D56" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C56" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E56" s="2">
-        <v>5760.05</v>
+        <v>45.07</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>171</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D57" s="0" t="s">
         <v>172</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" s="2">
-        <v>94.31</v>
+        <v>67.83</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="B58" s="0" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>175</v>
       </c>
       <c r="E58" s="2">
-        <v>153.7</v>
+        <v>258.45</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>178</v>
       </c>
       <c r="E59" s="2">
-        <v>22.34</v>
+        <v>344.08</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>181</v>
       </c>
       <c r="E60" s="2">
-        <v>43.9</v>
+        <v>92.14</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>184</v>
       </c>
       <c r="E61" s="2">
-        <v>66.06</v>
+        <v>392.83</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>187</v>
       </c>
       <c r="E62" s="2">
-        <v>251.73</v>
+        <v>197.92</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>190</v>
       </c>
       <c r="E63" s="2">
-        <v>335.15</v>
+        <v>877.05</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>193</v>
+        <v>43</v>
       </c>
       <c r="E64" s="2">
-        <v>85.46</v>
+        <v>623.63</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B65" s="0" t="s">
         <v>194</v>
       </c>
-      <c r="B65" s="0" t="s">
+      <c r="C65" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D65" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="C65" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E65" s="2">
-        <v>89.75</v>
+        <v>105.17</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>197</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D66" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E66" s="2">
-        <v>122.37</v>
+        <v>617.4</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D67" s="0" t="s">
         <v>201</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E67" s="2">
-        <v>382.63</v>
+        <v>741.1</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="B68" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B68" s="0" t="s">
+      <c r="C68" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D68" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C68" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E68" s="2">
-        <v>192.78</v>
+        <v>313.85</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B69" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="B69" s="0" t="s">
+      <c r="C69" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D69" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="C69" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E69" s="2">
-        <v>854.26</v>
+        <v>152.96</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>209</v>
       </c>
-      <c r="B70" s="0" t="s">
+      <c r="C70" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D70" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="C70" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" s="2">
-        <v>607.44</v>
+        <v>93.57</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>212</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>213</v>
       </c>
       <c r="E71" s="2">
-        <v>102.44</v>
+        <v>947.72</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>216</v>
       </c>
       <c r="E72" s="2">
-        <v>601.36</v>
+        <v>981.66</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>218</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>219</v>
       </c>
       <c r="E73" s="2">
-        <v>721.85</v>
+        <v>166.16</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>220</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>221</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>222</v>
       </c>
       <c r="E74" s="2">
-        <v>305.7</v>
+        <v>288.11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>224</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>225</v>
       </c>
       <c r="E75" s="2">
-        <v>148.99</v>
+        <v>871.28</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>227</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>228</v>
       </c>
       <c r="E76" s="2">
-        <v>91.14</v>
+        <v>108.5</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>231</v>
       </c>
       <c r="E77" s="2">
-        <v>923.1</v>
+        <v>682.59</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>232</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>233</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>234</v>
       </c>
       <c r="E78" s="2">
-        <v>956.17</v>
+        <v>10884.74</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>235</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>237</v>
       </c>
       <c r="E79" s="2">
-        <v>161.84</v>
+        <v>19.59</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>240</v>
       </c>
       <c r="E80" s="2">
-        <v>280.63</v>
+        <v>2299.48</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>243</v>
       </c>
       <c r="E81" s="2">
-        <v>848.63</v>
+        <v>2199.52</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>246</v>
+        <v>43</v>
       </c>
       <c r="E82" s="2">
-        <v>105.68</v>
+        <v>889.18</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B83" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="C83" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D83" s="0" t="s">
         <v>247</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E83" s="2">
-        <v>664.86</v>
+        <v>772.16</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="B84" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="C84" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D84" s="0" t="s">
         <v>250</v>
       </c>
-      <c r="B84" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E84" s="2">
-        <v>10602.02</v>
+        <v>602.5</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B85" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C85" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D85" s="0" t="s">
         <v>253</v>
       </c>
-      <c r="B85" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E85" s="2">
-        <v>19.08</v>
+        <v>2004.55</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="B86" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C86" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D86" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="B86" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E86" s="2">
-        <v>2239.75</v>
+        <v>1903.34</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B87" s="0" t="s">
+        <v>258</v>
+      </c>
+      <c r="C87" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D87" s="0" t="s">
         <v>259</v>
       </c>
-      <c r="B87" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E87" s="2">
-        <v>2142.39</v>
+        <v>15856.87</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
+        <v>260</v>
+      </c>
+      <c r="B88" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="C88" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D88" s="0" t="s">
         <v>262</v>
       </c>
-      <c r="B88" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E88" s="2">
-        <v>866.09</v>
+        <v>488.86</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>264</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>265</v>
       </c>
       <c r="E89" s="2">
-        <v>752.1</v>
+        <v>965.28</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>266</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>267</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>268</v>
       </c>
       <c r="E90" s="2">
-        <v>586.85</v>
+        <v>540.74</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="E91" s="2">
-        <v>1952.49</v>
+        <v>687.91</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="B92" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="C92" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D92" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="B92" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E92" s="2">
-        <v>1853.91</v>
+        <v>5014.77</v>
       </c>
       <c r="F92" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B93" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="C93" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D93" s="0" t="s">
         <v>275</v>
       </c>
-      <c r="B93" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E93" s="2">
-        <v>15444.99</v>
+        <v>474.83</v>
       </c>
       <c r="F93" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B94" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="C94" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D94" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="B94" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E94" s="2">
-        <v>476.16</v>
+        <v>474.92</v>
       </c>
       <c r="F94" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="B95" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="C95" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D95" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" s="2">
-        <v>940.21</v>
+        <v>4107.41</v>
       </c>
       <c r="F95" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E96" s="2">
-        <v>526.7</v>
+        <v>3090.28</v>
       </c>
       <c r="F96" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>285</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="E97" s="2">
-        <v>670.04</v>
+        <v>3960.77</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="B98" s="0" t="s">
+      <c r="C98" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D98" s="0" t="s">
         <v>289</v>
       </c>
-      <c r="C98" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" s="2">
-        <v>4884.49</v>
+        <v>573.04</v>
       </c>
       <c r="F98" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>290</v>
+      </c>
+      <c r="B99" s="0" t="s">
+        <v>288</v>
+      </c>
+      <c r="C99" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D99" s="0" t="s">
         <v>291</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E99" s="2">
-        <v>462.5</v>
+        <v>5627.75</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="B100" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="C100" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D100" s="0" t="s">
         <v>294</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E100" s="2">
-        <v>462.58</v>
+        <v>1428.55</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B101" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D101" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E101" s="2">
-        <v>4000.72</v>
+        <v>4120.43</v>
       </c>
       <c r="F101" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="B102" s="0" t="s">
+        <v>299</v>
+      </c>
+      <c r="C102" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D102" s="0" t="s">
         <v>300</v>
       </c>
-      <c r="B102" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E102" s="2">
-        <v>3010.01</v>
+        <v>50.92</v>
       </c>
       <c r="F102" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>301</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>302</v>
       </c>
-      <c r="B103" s="0" t="s">
+      <c r="C103" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D103" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="C103" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E103" s="2">
-        <v>3857.88</v>
+        <v>4913.32</v>
       </c>
       <c r="F103" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="C104" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D104" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E104" s="2">
-        <v>558.16</v>
+        <v>186.41</v>
       </c>
       <c r="F104" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="E105" s="2">
-        <v>5481.57</v>
+        <v>650.74</v>
       </c>
       <c r="F105" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="B106" s="0" t="s">
+        <v>309</v>
+      </c>
+      <c r="C106" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D106" s="0" t="s">
         <v>310</v>
       </c>
-      <c r="B106" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E106" s="2">
-        <v>68.73</v>
+        <v>8957.03</v>
       </c>
       <c r="F106" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B107" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="C107" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="0" t="s">
         <v>313</v>
       </c>
-      <c r="B107" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E107" s="2">
-        <v>67.12</v>
+        <v>1697.67</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>314</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>315</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="E108" s="2">
-        <v>1391.42</v>
+        <v>1980.25</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E109" s="2">
-        <v>4013.41</v>
+        <v>33.47</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E110" s="2">
-        <v>49.6</v>
+        <v>470.11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E111" s="2">
-        <v>4785.7</v>
+        <v>4681.66</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E112" s="2">
-        <v>181.57</v>
+        <v>5301.29</v>
       </c>
       <c r="F112" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E113" s="2">
-        <v>633.84</v>
+        <v>831.94</v>
       </c>
       <c r="F113" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="E114" s="2">
-        <v>8724.37</v>
+        <v>8546.7</v>
       </c>
       <c r="F114" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>333</v>
+        <v>315</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E115" s="2">
-        <v>1653.57</v>
+        <v>206.18</v>
       </c>
       <c r="F115" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="E116" s="2">
-        <v>1928.81</v>
+        <v>3323.56</v>
       </c>
       <c r="F116" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="E117" s="2">
-        <v>32.6</v>
+        <v>1685.46</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C118" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="E118" s="2">
-        <v>457.9</v>
+        <v>1805.39</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="E119" s="2">
-        <v>4560.05</v>
+        <v>1988.61</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="E120" s="2">
-        <v>5163.59</v>
+        <v>1658.26</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E121" s="2">
-        <v>810.33</v>
+        <v>15.88</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E122" s="2">
-        <v>8324.72</v>
+        <v>2517.6</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>336</v>
+        <v>359</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="E123" s="2">
-        <v>200.82</v>
+        <v>10017.13</v>
       </c>
       <c r="F123" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="E124" s="2">
-        <v>3237.23</v>
+        <v>1204.17</v>
       </c>
       <c r="F124" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="E125" s="2">
-        <v>1641.68</v>
+        <v>1098.17</v>
       </c>
       <c r="F125" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E126" s="2">
-        <v>1758.5</v>
+        <v>2178.58</v>
       </c>
       <c r="F126" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>368</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E127" s="2">
-        <v>1936.96</v>
+        <v>248.59</v>
       </c>
       <c r="F127" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="E128" s="2">
-        <v>1615.19</v>
+        <v>431.69</v>
       </c>
       <c r="F128" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>375</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>373</v>
       </c>
-      <c r="B129" s="0" t="s">
+      <c r="C129" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D129" s="0" t="s">
         <v>374</v>
       </c>
-      <c r="C129" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E129" s="2">
-        <v>15.47</v>
+        <v>566.05</v>
       </c>
       <c r="F129" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>376</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>377</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D130" s="0" t="s">
         <v>378</v>
       </c>
       <c r="E130" s="2">
-        <v>2452.21</v>
+        <v>14.84</v>
       </c>
       <c r="F130" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>379</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>380</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>381</v>
       </c>
       <c r="E131" s="2">
-        <v>279.45</v>
+        <v>1549.87</v>
       </c>
       <c r="F131" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>382</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>383</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>384</v>
       </c>
       <c r="E132" s="2">
-        <v>9756.95</v>
+        <v>1725.59</v>
       </c>
       <c r="F132" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>385</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>386</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>387</v>
       </c>
       <c r="E133" s="2">
-        <v>1172.89</v>
+        <v>7434.77</v>
       </c>
       <c r="F133" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>388</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>390</v>
       </c>
       <c r="E134" s="2">
-        <v>1069.65</v>
+        <v>1281</v>
       </c>
       <c r="F134" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
         <v>391</v>
       </c>
       <c r="B135" s="0" t="s">
         <v>392</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>393</v>
       </c>
       <c r="E135" s="2">
-        <v>2121.99</v>
+        <v>927.27</v>
       </c>
       <c r="F135" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E136" s="2">
-        <v>242.13</v>
+        <v>2612.5</v>
       </c>
       <c r="F136" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D137" s="0" t="s">
         <v>398</v>
       </c>
       <c r="E137" s="2">
-        <v>420.48</v>
+        <v>363.57</v>
       </c>
       <c r="F137" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
         <v>399</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="E138" s="2">
-        <v>551.35</v>
+        <v>1055.15</v>
       </c>
       <c r="F138" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="E139" s="2">
-        <v>14.45</v>
+        <v>440.44</v>
       </c>
       <c r="F139" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E140" s="2">
-        <v>1509.61</v>
+        <v>55.87</v>
       </c>
       <c r="F140" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="E141" s="2">
-        <v>1680.77</v>
+        <v>847.89</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="E142" s="2">
-        <v>7241.65</v>
+        <v>503.85</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="E143" s="2">
-        <v>1247.72</v>
+        <v>397.7</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E144" s="2">
-        <v>903.18</v>
+        <v>318.12</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="E145" s="2">
-        <v>471.77</v>
+        <v>5002.34</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="E146" s="2">
-        <v>4096.48</v>
+        <v>1228.02</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C147" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="E147" s="2">
-        <v>562.27</v>
+        <v>1871.04</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="E148" s="2">
-        <v>2544.64</v>
+        <v>7237.37</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>420</v>
+        <v>432</v>
       </c>
       <c r="E149" s="2">
-        <v>354.12</v>
+        <v>1904.59</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="E150" s="2">
-        <v>1027.75</v>
+        <v>3815.2</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C151" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="E151" s="2">
-        <v>429</v>
+        <v>2138.08</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="E152" s="2">
-        <v>54.42</v>
+        <v>1889.66</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="E153" s="2">
-        <v>2887.42</v>
+        <v>325.1</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>441</v>
+        <v>383</v>
       </c>
       <c r="C154" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="E154" s="2">
-        <v>825.87</v>
+        <v>1274.31</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>444</v>
+        <v>383</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="E155" s="2">
-        <v>490.77</v>
+        <v>732.38</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="E156" s="2">
-        <v>387.37</v>
+        <v>2985.82</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C157" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="E157" s="2">
-        <v>309.86</v>
+        <v>5832.82</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="E158" s="2">
-        <v>4872.4</v>
+        <v>1072.44</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>10</v>
-[...258 lines deleted...]
-      <c r="F171" s="1" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId2"/>
     <hyperlink ref="F3" r:id="rId3"/>
     <hyperlink ref="F4" r:id="rId4"/>
     <hyperlink ref="F5" r:id="rId5"/>
     <hyperlink ref="F6" r:id="rId6"/>
     <hyperlink ref="F7" r:id="rId7"/>
     <hyperlink ref="F8" r:id="rId8"/>
     <hyperlink ref="F9" r:id="rId9"/>
     <hyperlink ref="F10" r:id="rId10"/>
     <hyperlink ref="F11" r:id="rId11"/>
     <hyperlink ref="F12" r:id="rId12"/>
     <hyperlink ref="F13" r:id="rId13"/>
     <hyperlink ref="F14" r:id="rId14"/>
     <hyperlink ref="F15" r:id="rId15"/>
     <hyperlink ref="F16" r:id="rId16"/>
     <hyperlink ref="F17" r:id="rId17"/>
     <hyperlink ref="F18" r:id="rId18"/>
     <hyperlink ref="F19" r:id="rId19"/>
     <hyperlink ref="F20" r:id="rId20"/>
     <hyperlink ref="F21" r:id="rId21"/>
@@ -5140,45 +4784,32 @@
     <hyperlink ref="F134" r:id="rId134"/>
     <hyperlink ref="F135" r:id="rId135"/>
     <hyperlink ref="F136" r:id="rId136"/>
     <hyperlink ref="F137" r:id="rId137"/>
     <hyperlink ref="F138" r:id="rId138"/>
     <hyperlink ref="F139" r:id="rId139"/>
     <hyperlink ref="F140" r:id="rId140"/>
     <hyperlink ref="F141" r:id="rId141"/>
     <hyperlink ref="F142" r:id="rId142"/>
     <hyperlink ref="F143" r:id="rId143"/>
     <hyperlink ref="F144" r:id="rId144"/>
     <hyperlink ref="F145" r:id="rId145"/>
     <hyperlink ref="F146" r:id="rId146"/>
     <hyperlink ref="F147" r:id="rId147"/>
     <hyperlink ref="F148" r:id="rId148"/>
     <hyperlink ref="F149" r:id="rId149"/>
     <hyperlink ref="F150" r:id="rId150"/>
     <hyperlink ref="F151" r:id="rId151"/>
     <hyperlink ref="F152" r:id="rId152"/>
     <hyperlink ref="F153" r:id="rId153"/>
     <hyperlink ref="F154" r:id="rId154"/>
     <hyperlink ref="F155" r:id="rId155"/>
     <hyperlink ref="F156" r:id="rId156"/>
     <hyperlink ref="F157" r:id="rId157"/>
     <hyperlink ref="F158" r:id="rId158"/>
-    <hyperlink ref="F159" r:id="rId159"/>
-[...11 lines deleted...]
-    <hyperlink ref="F171" r:id="rId171"/>
   </hyperlinks>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>